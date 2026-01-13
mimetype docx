--- v0 (2025-11-06)
+++ v1 (2026-01-13)
@@ -21,124 +21,124 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00725598" w:rsidRDefault="00627925">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>JUNTA GENERAL ORDINARIA DE COLEGIADOS/AS A CELEBRAR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000002" w14:textId="48FCEA1E" w:rsidR="00725598" w:rsidRDefault="00627925">
+    <w:p w14:paraId="00000002" w14:textId="31560C6F" w:rsidR="00725598" w:rsidRDefault="00627925">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">EL DIA </w:t>
       </w:r>
       <w:r w:rsidR="007E316E">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DE</w:t>
       </w:r>
       <w:r w:rsidR="00236EF7">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D75FB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C17BE">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="007E316E">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D75FB">
+      <w:r w:rsidR="003C17BE">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>MAYO</w:t>
+        <w:t>DICIEMBRE</w:t>
       </w:r>
       <w:r w:rsidR="007E316E">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE 202</w:t>
       </w:r>
       <w:r w:rsidR="009D75FB">
         <w:rPr>
           <w:rFonts w:ascii="Titillium Web" w:eastAsia="Titillium Web" w:hAnsi="Titillium Web" w:cs="Titillium Web"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00725598" w:rsidRDefault="00627925">
@@ -830,99 +830,99 @@
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Titillium Web">
-    <w:altName w:val="Courier New"/>
-    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00725598"/>
     <w:rsid w:val="001E230E"/>
     <w:rsid w:val="00236EF7"/>
+    <w:rsid w:val="003C17BE"/>
     <w:rsid w:val="005D43B1"/>
     <w:rsid w:val="00627925"/>
     <w:rsid w:val="00725598"/>
     <w:rsid w:val="007E316E"/>
     <w:rsid w:val="00822DAD"/>
     <w:rsid w:val="00961EE9"/>
     <w:rsid w:val="009D75FB"/>
+    <w:rsid w:val="00A067E9"/>
     <w:rsid w:val="00A54593"/>
     <w:rsid w:val="00C9149C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -1832,69 +1832,69 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>442</Words>
-  <Characters>2436</Characters>
+  <Words>420</Words>
+  <Characters>2463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2873</CharactersWithSpaces>
+  <CharactersWithSpaces>2832</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Antonio Cordón</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>